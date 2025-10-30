--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,55 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="29" w:type="dxa"/>
           <w:left w:w="86" w:type="dxa"/>
           <w:bottom w:w="29" w:type="dxa"/>
           <w:right w:w="86" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4586"/>
         <w:gridCol w:w="2497"/>
         <w:gridCol w:w="2267"/>
@@ -98,650 +100,620 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64E7752F" w14:textId="77777777" w:rsidR="00C81188" w:rsidRPr="007324BD" w:rsidRDefault="009D605D" w:rsidP="005314CE">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
             </w:pPr>
             <w:r>
               <w:t>PERSONAL</w:t>
             </w:r>
             <w:r w:rsidR="00C81188" w:rsidRPr="007324BD">
               <w:t xml:space="preserve"> Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E56309" w:rsidRPr="007324BD" w14:paraId="2E793C4B" w14:textId="77777777" w:rsidTr="00E67B1A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CF00193" w14:textId="52B4C33F" w:rsidR="00E56309" w:rsidRDefault="00E56309" w:rsidP="00326F1B">
             <w:r>
               <w:t xml:space="preserve">Membership number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E56309" w:rsidRPr="007324BD" w14:paraId="5685BD9D" w14:textId="77777777" w:rsidTr="00B8753D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C0AE58E" w14:textId="77777777" w:rsidR="00E56309" w:rsidRPr="007324BD" w:rsidRDefault="00E56309" w:rsidP="00326F1B">
             <w:r w:rsidRPr="007324BD">
               <w:t>Name</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49157065" w14:textId="77777777" w:rsidR="00E56309" w:rsidRPr="007324BD" w:rsidRDefault="00E56309" w:rsidP="00326F1B">
             <w:r>
               <w:t xml:space="preserve">Date of birth: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C81188" w:rsidRPr="007324BD" w14:paraId="0D57BABB" w14:textId="77777777" w:rsidTr="00E56309">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63C81197" w14:textId="77777777" w:rsidR="00AE1F72" w:rsidRPr="007324BD" w:rsidRDefault="00E56309" w:rsidP="00326F1B">
             <w:r>
               <w:t>Home</w:t>
             </w:r>
             <w:r w:rsidR="00AE1F72" w:rsidRPr="007324BD">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001D2340">
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00C81188" w:rsidRPr="007324BD">
               <w:t>ddress</w:t>
             </w:r>
             <w:r w:rsidR="001D2340">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00705675">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C92FF3" w:rsidRPr="007324BD" w14:paraId="5C35649D" w14:textId="77777777" w:rsidTr="003F5E05">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A3487C" w14:textId="77777777" w:rsidR="009622B2" w:rsidRPr="007324BD" w:rsidRDefault="009622B2" w:rsidP="00326F1B">
             <w:r w:rsidRPr="007324BD">
               <w:t>City</w:t>
             </w:r>
             <w:r w:rsidR="001D2340">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00705675">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0820B1DD" w14:textId="77777777" w:rsidR="009622B2" w:rsidRPr="007324BD" w:rsidRDefault="009D605D" w:rsidP="00326F1B">
             <w:r>
               <w:t>Post code</w:t>
             </w:r>
             <w:r w:rsidR="001D2340">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00705675">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="695425A7" w14:textId="77777777" w:rsidR="009622B2" w:rsidRPr="007324BD" w:rsidRDefault="009D605D" w:rsidP="00326F1B">
             <w:r>
               <w:t>Country</w:t>
             </w:r>
             <w:r w:rsidR="001D2340">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00705675">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B20066" w:rsidRPr="007324BD" w14:paraId="171DAEED" w14:textId="77777777" w:rsidTr="00090993">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="195"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0761B8ED" w14:textId="77777777" w:rsidR="00B20066" w:rsidRPr="007324BD" w:rsidRDefault="00B20066" w:rsidP="00326F1B">
             <w:r>
               <w:t xml:space="preserve">Email address: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A0F46D8" w14:textId="309A278B" w:rsidR="00B20066" w:rsidRPr="007324BD" w:rsidRDefault="00B20066" w:rsidP="00E56309">
             <w:r>
               <w:t xml:space="preserve">Phone number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B20066" w:rsidRPr="007324BD" w14:paraId="58AA68F6" w14:textId="77777777" w:rsidTr="00C21814">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="195"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3317637B" w14:textId="77777777" w:rsidR="00B20066" w:rsidRDefault="00B20066" w:rsidP="00326F1B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23503FC0" w14:textId="24EBBF90" w:rsidR="00B20066" w:rsidRDefault="00B20066" w:rsidP="00326F1B">
             <w:r>
               <w:t xml:space="preserve">Mobile number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009622B2" w:rsidRPr="007324BD" w14:paraId="09770555" w14:textId="77777777" w:rsidTr="00E56309">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68CC877F" w14:textId="77777777" w:rsidR="009622B2" w:rsidRPr="007324BD" w:rsidRDefault="009622B2" w:rsidP="00574303">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
             </w:pPr>
             <w:r w:rsidRPr="007324BD">
               <w:t>Employment Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E56309" w:rsidRPr="007324BD" w14:paraId="2892FE62" w14:textId="77777777" w:rsidTr="00B8753D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36143A76" w14:textId="188B3D7E" w:rsidR="00E56309" w:rsidRPr="007324BD" w:rsidRDefault="00B8753D" w:rsidP="00326F1B">
             <w:r>
               <w:t xml:space="preserve">Job Title: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41139DA1" w14:textId="77777777" w:rsidR="00E56309" w:rsidRPr="007324BD" w:rsidRDefault="00E56309" w:rsidP="00326F1B">
             <w:r>
               <w:t xml:space="preserve">Staff number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8753D" w:rsidRPr="007324BD" w14:paraId="6C3BE10A" w14:textId="77777777" w:rsidTr="00B8753D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5391161A" w14:textId="30C2D16F" w:rsidR="00B8753D" w:rsidRPr="007324BD" w:rsidRDefault="00B8753D" w:rsidP="00326F1B">
             <w:r>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="007324BD">
               <w:t>mployer</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A35C7BA" w14:textId="1FBAEBAA" w:rsidR="00B8753D" w:rsidRPr="007324BD" w:rsidRDefault="001F5F0B" w:rsidP="00326F1B">
             <w:r>
               <w:t xml:space="preserve">Department: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F5F0B" w:rsidRPr="007324BD" w14:paraId="04C9037B" w14:textId="77777777" w:rsidTr="008E196B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D955420" w14:textId="1A2839C9" w:rsidR="001F5F0B" w:rsidRPr="007324BD" w:rsidRDefault="001F5F0B" w:rsidP="00326F1B">
             <w:r w:rsidRPr="007324BD">
               <w:t xml:space="preserve">Employer </w:t>
             </w:r>
             <w:r>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="007324BD">
               <w:t>ddress</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C7D71" w:rsidRPr="007324BD" w14:paraId="60B9E509" w14:textId="77777777" w:rsidTr="003F5E05">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50353EDC" w14:textId="77777777" w:rsidR="00532E88" w:rsidRPr="007324BD" w:rsidRDefault="009D605D" w:rsidP="00326F1B">
             <w:r>
               <w:t>City:</w:t>
             </w:r>
             <w:r w:rsidR="00705675">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2497" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25B94C13" w14:textId="77777777" w:rsidR="00532E88" w:rsidRPr="007324BD" w:rsidRDefault="009D605D" w:rsidP="00326F1B">
             <w:r>
               <w:t>Post code:</w:t>
             </w:r>
             <w:r w:rsidR="00705675">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50A839B0" w14:textId="77777777" w:rsidR="00532E88" w:rsidRPr="007324BD" w:rsidRDefault="009D605D" w:rsidP="00326F1B">
             <w:r>
               <w:t>Country:</w:t>
             </w:r>
             <w:r w:rsidR="00705675">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B20066" w:rsidRPr="007324BD" w14:paraId="6DE4F231" w14:textId="77777777" w:rsidTr="00B20066">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="195"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56946AC7" w14:textId="77777777" w:rsidR="00B20066" w:rsidRPr="007324BD" w:rsidRDefault="00B20066" w:rsidP="00326F1B">
             <w:r>
               <w:t xml:space="preserve">Email address: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="719EA320" w14:textId="7759CBAE" w:rsidR="00B20066" w:rsidRPr="007324BD" w:rsidRDefault="00B20066" w:rsidP="00326F1B">
             <w:r>
               <w:t xml:space="preserve">Phone number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B20066" w:rsidRPr="007324BD" w14:paraId="07CBE21B" w14:textId="77777777" w:rsidTr="00662E0E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="195"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BE9E489" w14:textId="77777777" w:rsidR="00B20066" w:rsidRDefault="00B20066" w:rsidP="00326F1B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F107FB" w14:textId="62EE9F15" w:rsidR="00B20066" w:rsidRDefault="00B20066" w:rsidP="00326F1B">
             <w:r>
               <w:t xml:space="preserve">Mobile number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE1B0C" w:rsidRPr="007324BD" w14:paraId="787D7AE8" w14:textId="77777777" w:rsidTr="00E56309">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BDBC0BA" w14:textId="30F5C03D" w:rsidR="00BE1B0C" w:rsidRPr="00BC0F25" w:rsidRDefault="00BE1B0C" w:rsidP="00BE1B0C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
             </w:pPr>
             <w:r>
               <w:t>Payment</w:t>
             </w:r>
             <w:r w:rsidR="00951216">
               <w:t xml:space="preserve"> Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60A88" w:rsidRPr="007324BD" w14:paraId="6D5A1E1B" w14:textId="77777777" w:rsidTr="00321A07">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="155B5F0C" w14:textId="0B7ADF85" w:rsidR="00C60A88" w:rsidRPr="007324BD" w:rsidRDefault="00C60A88" w:rsidP="00BE1B0C">
             <w:r>
               <w:t>If you would prefer to pay via our website, please leave this section blank and we will send you further instructions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60A88" w:rsidRPr="007324BD" w14:paraId="625D7542" w14:textId="77777777" w:rsidTr="00E56309">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1E54F46E" w14:textId="59D211AF" w:rsidR="00C60A88" w:rsidRDefault="00000000" w:rsidP="00C60A88">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E54F46E" w14:textId="59D211AF" w:rsidR="00C60A88" w:rsidRDefault="00C60A88" w:rsidP="00C60A88">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00C60A88" w:rsidRPr="00BE1B0C">
+              <w:r w:rsidRPr="00BE1B0C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Membership Grade</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00C60A88">
+            <w:r>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C31ECFD" w14:textId="6AFD3B9E" w:rsidR="00C60A88" w:rsidRDefault="00C60A88" w:rsidP="00C60A88">
             <w:r>
               <w:t xml:space="preserve">Cost: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60A88" w:rsidRPr="007324BD" w14:paraId="025ABC63" w14:textId="77777777" w:rsidTr="00E56309">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DECC64E" w14:textId="43A8B128" w:rsidR="00C60A88" w:rsidRDefault="00C60A88" w:rsidP="00C60A88">
             <w:r>
               <w:t xml:space="preserve">Card Type (we do not accept Amex): </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F80917F" w14:textId="39A12512" w:rsidR="00C60A88" w:rsidRDefault="00C60A88" w:rsidP="00C60A88">
             <w:r>
               <w:t xml:space="preserve">Card Number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C60A88" w:rsidRPr="007324BD" w14:paraId="5A104354" w14:textId="77777777" w:rsidTr="00E56309">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3541EE57" w14:textId="77777777" w:rsidR="00C60A88" w:rsidRPr="007324BD" w:rsidRDefault="00C60A88" w:rsidP="00C60A88">
             <w:r>
               <w:t xml:space="preserve">Expiry Date: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D615540" w14:textId="77777777" w:rsidR="00C60A88" w:rsidRPr="007324BD" w:rsidRDefault="00C60A88" w:rsidP="00C60A88">
             <w:r>
               <w:t xml:space="preserve">Security Code: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="731ADF26" w14:textId="77777777" w:rsidR="00D83AAF" w:rsidRPr="00D83AAF" w:rsidRDefault="00D83AAF" w:rsidP="00D83AAF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68EF9DA1" w14:textId="3DA5B30A" w:rsidR="00D83AAF" w:rsidRPr="007D3546" w:rsidRDefault="00D83AAF" w:rsidP="00D83AAF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -859,51 +831,50 @@
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">DECLARATION AND </w:t>
             </w:r>
             <w:r w:rsidR="005314CE">
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D4280" w:rsidRPr="007324BD" w14:paraId="166FC573" w14:textId="77777777" w:rsidTr="001F3945">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="576"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FAA6EBC" w14:textId="3C8DD712" w:rsidR="00A420DF" w:rsidRPr="00FB7C11" w:rsidRDefault="00A420DF" w:rsidP="00DA782A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB7C11">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Terms and Conditions</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2880A67B" w14:textId="6A7F8776" w:rsidR="00A420DF" w:rsidRPr="00FB7C11" w:rsidRDefault="00A420DF" w:rsidP="00DA782A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -1632,51 +1603,50 @@
           <w:bottom w:w="29" w:type="dxa"/>
           <w:right w:w="86" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6386"/>
         <w:gridCol w:w="1482"/>
         <w:gridCol w:w="1482"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F3945" w:rsidRPr="000D01BE" w14:paraId="47FB680B" w14:textId="77777777" w:rsidTr="001F3945">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D7C79BE" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00FB7C11" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
               </w:tblBorders>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4917"/>
               <w:gridCol w:w="646"/>
@@ -1806,1738 +1776,1921 @@
                 </w:tcPr>
                 <w:p w14:paraId="2E3EC763" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00FB7C11" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="2F7838E2" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="007324BD" w:rsidRDefault="001F3945" w:rsidP="00EA4E68"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="322AFF88" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="000D01BE" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D01BE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3699DE8C" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="000D01BE" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D01BE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="187004F5" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12D336E8" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C817E5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>served or threatened with a bankruptcy petition or equivalent or been involved in any situation involving non-payment of your creditors?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BEE0BA4" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0641769C" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="05997358" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C7AED05" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C817E5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>convicted of any criminal offence (spent convictions need not be mentioned)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32E38D44" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EAF493C" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="6D0D6D93" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AEAA3B3" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C817E5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>disqualified from being a Director in the UK or elsewhere?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4696F4BA" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28375039" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="0F8CF592" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37319C8F" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C817E5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>dismissed from any employment for gross misconduct or for any act or omission involving dishonesty?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="054FF30B" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="672B9F59" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="77D8756D" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DB5AC85" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C817E5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">in any way disciplined, fined, publicly </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C817E5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>criticised</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C817E5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> or restricted in your actions by a court, regulator, official or professional body in respect of your professional or business activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DA832EC" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28B661F3" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="6952608E" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="461DC1BF" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C817E5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>investigated about allegations of misconduct or malpractice in connection with your professional activities which resulted in a formal complaint being proved but no disciplinary order being made?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E9E8CA2" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2386114C" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="1D4475D2" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="184F2086" w14:textId="77777777" w:rsidR="001F3945" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C817E5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>refused entry to or excluded from membership of any profession, vocation or other business activities?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E9F6E9A" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00314E14" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3562CD15" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A626EE1" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="7D4A3831" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6668C916" w14:textId="77777777" w:rsidR="001F3945" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7B43">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2. Are you currently undergoing any investigation or disciplinary procedures conducted by an employer, regulator, professional body or similar. If yes, please provide details.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CF73BFD" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13C54170" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="116C2814" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="6BC6FC15" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="235AA118" w14:textId="77777777" w:rsidR="001F3945" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7B43">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3. I understand that this form will be used to reinstate my membership of the Chartered Banker Institute and, if the reinstatement is accepted, pay the appropriate subscription fee.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66E2E1C5" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28FC2A6B" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CF41B44" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="37223AC3" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BC19F8C" w14:textId="77777777" w:rsidR="001F3945" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7B43">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4. I understand that by reinstating my membership, I am required to complete the annual continuing professional development (CPD) requirements in accordance with the Institute’s CPD policy. Please check CPD section of the website for details regarding your own CPD requirements.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E12A9AE" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D0460AA" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BFD152C" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="090DA37B" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37351565" w14:textId="77777777" w:rsidR="001F3945" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7B43">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5. If reinstated, I agree to be bound by the published Rules and Regulations of the Chartered Banker Institute, including the Code of Professional Conduct.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A829345" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E586DCC" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3178F9A3" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="5FF2068B" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B45612D" w14:textId="77777777" w:rsidR="001F3945" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7B43">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6. I understand that you will use the information I have provided to process my application for reinstatement and to provide ongoing services.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FADDDBA" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C201571" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65E366F7" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="003677CA" w14:paraId="585C597C" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="128"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62F1E327" w14:textId="77777777" w:rsidR="001F3945" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD7B43">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7. The information I have provided is true to the best of my knowledge and belief.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74A43524" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="00C817E5" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A97AE72" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="080C3BBC" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="003677CA" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F3945" w:rsidRPr="007324BD" w14:paraId="3A584277" w14:textId="77777777" w:rsidTr="00EA4E68">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="127"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69E1E11B" w14:textId="77777777" w:rsidR="001F3945" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:r>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2964" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1985BAB4" w14:textId="77777777" w:rsidR="001F3945" w:rsidRPr="007324BD" w:rsidRDefault="001F3945" w:rsidP="00EA4E68">
             <w:r w:rsidRPr="007324BD">
               <w:t>Date</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D39F1B6" w14:textId="62FABE6A" w:rsidR="00314E14" w:rsidRDefault="00314E14" w:rsidP="009C7D71"/>
     <w:p w14:paraId="4867C68B" w14:textId="77777777" w:rsidR="00314E14" w:rsidRDefault="00314E14" w:rsidP="009C7D71"/>
     <w:p w14:paraId="7553920C" w14:textId="77777777" w:rsidR="00D70959" w:rsidRDefault="00D70959" w:rsidP="009C7D71">
       <w:r>
         <w:t xml:space="preserve">Once this form is complete, please return to </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00B3401D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>info@charteredbanker.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or the following postal address:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2216C674" w14:textId="77777777" w:rsidR="00D70959" w:rsidRDefault="00D70959" w:rsidP="009C7D71"/>
-    <w:p w14:paraId="5EC81FCA" w14:textId="52A92758" w:rsidR="00D70959" w:rsidRDefault="00D70959" w:rsidP="009C7D71">
-      <w:r>
+    <w:p w14:paraId="0B2E1602" w14:textId="77777777" w:rsidR="00DD1608" w:rsidRDefault="00DD1608" w:rsidP="00087C48">
+      <w:r w:rsidRPr="00DD1608">
         <w:t>Chartered Banker Institute</w:t>
       </w:r>
+      <w:r w:rsidRPr="00DD1608">
+        <w:br/>
+        <w:t>CT, 61 Dublin Street  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD1608">
+        <w:br/>
+        <w:t>Edinburgh </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD1608">
+        <w:br/>
+        <w:t>EH3 6NL</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6D1A643D" w14:textId="77777777" w:rsidR="00087C48" w:rsidRDefault="00087C48" w:rsidP="00087C48">
+    <w:p w14:paraId="4A10276F" w14:textId="594CF9F1" w:rsidR="006B1EFF" w:rsidRPr="00087C48" w:rsidRDefault="006B1EFF" w:rsidP="00087C48">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00087C48">
-[...43 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="68C59B19" w14:textId="30A86236" w:rsidR="006B1EFF" w:rsidRDefault="006B1EFF" w:rsidP="009C7D71">
       <w:r>
         <w:t xml:space="preserve">Once received, your </w:t>
       </w:r>
       <w:r w:rsidR="007633CD">
         <w:t>reinstatement</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> will be processed within 10 working days.  You will receive an email </w:t>
       </w:r>
       <w:r w:rsidR="00137F7F">
         <w:t>confirmation</w:t>
       </w:r>
       <w:r w:rsidR="00FB4676">
         <w:t xml:space="preserve"> once</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00137F7F">
         <w:t>you have been fully reinstated.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46CC7294" w14:textId="2C54841D" w:rsidR="001570E1" w:rsidRDefault="001570E1" w:rsidP="009C7D71"/>
     <w:p w14:paraId="415D190A" w14:textId="2B965992" w:rsidR="001570E1" w:rsidRDefault="001570E1" w:rsidP="009C7D71"/>
     <w:p w14:paraId="41F6EDB6" w14:textId="390A3762" w:rsidR="001570E1" w:rsidRDefault="001570E1" w:rsidP="009C7D71"/>
     <w:p w14:paraId="188C2C21" w14:textId="0024B982" w:rsidR="001570E1" w:rsidRPr="007324BD" w:rsidRDefault="001570E1" w:rsidP="001570E1">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001570E1" w:rsidRPr="007324BD" w:rsidSect="00400969">
       <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="285AFBC7" w14:textId="77777777" w:rsidR="00377FF6" w:rsidRDefault="00377FF6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6C04199C" w14:textId="77777777" w:rsidR="00377FF6" w:rsidRDefault="00377FF6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2C710D66" w14:textId="77777777" w:rsidR="00087C48" w:rsidRPr="00087C48" w:rsidRDefault="00087C48" w:rsidP="00087C48">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="64AABEC1" w14:textId="331CC74C" w:rsidR="00E81630" w:rsidRDefault="00E81630">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7216730E" wp14:editId="07D1B39D">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="373380" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1142329313" name="Text Box 2" descr="Public">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="373380" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="18699BC4" w14:textId="26896893" w:rsidR="00E81630" w:rsidRPr="00E81630" w:rsidRDefault="00E81630" w:rsidP="00E81630">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00E81630">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                            <w:t>Public</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="7216730E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Public" style="position:absolute;margin-left:0;margin-top:0;width:29.4pt;height:29.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlb1SwDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+w0SD+MOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnv36UbCddt9Owi0yT1CP5+LS477QiR+F8A6ak00lOiTAcqsbsS/rjdf3l&#10;lhIfmKmYAiNKehKe3i8/f1q0thBXUIOqhCMIYnzR2pLWIdgiyzyvhWZ+AlYYDEpwmgX8dfuscqxF&#10;dK2yqzy/zlpwlXXAhffofeyDdJnwpRQ8PEvpRSCqpNhbSKdL5y6e2XLBir1jtm740Ab7hy40awwW&#10;PUM9ssDIwTV/QOmGO/Agw4SDzkDKhos0A04zzT9Ms62ZFWkWJMfbM03+/8Hyp+PWvjgSuq/Q4QIj&#10;Ia31hUdnnKeTTscvdkowjhSezrSJLhCOztnNbHaLEY6h2c31fD6PKNnlsnU+fBOgSTRK6nAriSx2&#10;3PjQp44psZaBdaNU2owyvzkQM3qyS4fRCt2uI031rvsdVCccykG/b2/5usHSG+bDC3O4YOwWRRue&#10;8ZAK2pLCYFFSg/v5N3/MR94xSkmLgimpQUVTor4b3EfU1mi40dglY3qXz3OMm4N+AJThFF+E5clE&#10;rwtqNKUD/YZyXsVCGGKGY7mS7kbzIfTKxefAxWqVklBGloWN2VoeoSNdkcvX7o05OxAecFNPMKqJ&#10;FR9473PjTW9Xh4Dsp6VEansiB8ZRgmmtw3OJGn//n7Iuj3r5CwAA//8DAFBLAwQUAAYACAAAACEA&#10;kPnrNNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FjKqqFRmk5oEqch&#10;pG1cuGWJ1xYap2rcrfv3GC5wsWW9p+fvlaspdOqEQ2ojGbifZaCQXPQt1Qbe9y93S1CJLXnbRUID&#10;F0ywqq6vSlv4eKYtnnZcKwmhVFgDDXNfaJ1cg8GmWeyRRDvGIViWc6i1H+xZwkOn51n2oINtST40&#10;tsd1g+5rNwYDiy2/jm+0zz+m+eVz069dftw4Y25vpucnUIwT/5nhB1/QoRKmQxzJJ9UZkCL8O0Vb&#10;LKXFQfZjDroq9X/26hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBlb1SwDAIAABwEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCQ+es02QAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="18699BC4" w14:textId="26896893" w:rsidR="00E81630" w:rsidRPr="00E81630" w:rsidRDefault="00E81630" w:rsidP="00E81630">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00E81630">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t>Public</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C710D66" w14:textId="5C921936" w:rsidR="00087C48" w:rsidRPr="00087C48" w:rsidRDefault="00087C48" w:rsidP="00087C48">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="71C6E860" w14:textId="77777777" w:rsidR="00087C48" w:rsidRDefault="00087C48" w:rsidP="00087C48">
+  <w:p w14:paraId="71C6E860" w14:textId="2D5D0139" w:rsidR="00087C48" w:rsidRDefault="00087C48" w:rsidP="00087C48">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00087C48">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>Chartered Banker Institute, 2nd Floor, 39 George Street, Edinburgh, EH2 2HN</w:t>
+      <w:t>Chartered Banker Institute</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1A9BBA42" w14:textId="76CD9858" w:rsidR="000E2704" w:rsidRPr="00087C48" w:rsidRDefault="00087C48" w:rsidP="00087C48">
+  <w:p w14:paraId="1A9BBA42" w14:textId="6404AB97" w:rsidR="000E2704" w:rsidRPr="00087C48" w:rsidRDefault="00087C48" w:rsidP="00087C48">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00087C48">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Email: info@charteredbanker.com Web: www.charteredbanker.com Charitable Body No SC013927</w:t>
+      <w:t>Email: info@charteredbanker.com Web: www.charteredbanker.com Charitable Body No SC013927</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C6782D2" w14:textId="0ADFE03A" w:rsidR="00E81630" w:rsidRDefault="00E81630">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49A9BFE6" wp14:editId="01863DE2">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="373380" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1651112683" name="Text Box 1" descr="Public">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="373380" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2AF405C4" w14:textId="6E8DF01D" w:rsidR="00E81630" w:rsidRPr="00E81630" w:rsidRDefault="00E81630" w:rsidP="00E81630">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00E81630">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                            <w:t>Public</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="49A9BFE6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Public" style="position:absolute;margin-left:0;margin-top:0;width:29.4pt;height:29.65pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9OJrPCgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YapO2MOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt7WnYRaZJ6pF8fFrcdVqRo3C+AVPS6SSnRBgOVWP2Jf35sv5y&#10;S4kPzFRMgRElPQlP75afPy1aW4grqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+un1WOdYi&#10;ulbZVZ5fZy24yjrgwnv0PvRBukz4UgoenqT0IhBVUuwtpNOlcxfPbLlgxd4xWzd8aIP9QxeaNQaL&#10;nqEeWGDk4Jp3ULrhDjzIMOGgM5Cy4SLNgNNM8zfTbGtmRZoFyfH2TJP/f7D88bi1z46E7ht0uMBI&#10;SGt94dEZ5+mk0/GLnRKMI4WnM22iC4Sjc3Yzm91ihGNodnM9n88jSna5bJ0P3wVoEo2SOtxKIosd&#10;Nz70qWNKrGVg3SiVNqPMXw7EjJ7s0mG0QrfrhrZ3UJ1wGgf9or3l6wZrbpgPz8zhZrFNVGt4wkMq&#10;aEsKg0VJDe7XR/6Yj4RjlJIWlVJSg1KmRP0wuIgoqtFwo7FLxvRrPs8xbg76HlB/U3wKlicTvS6o&#10;0ZQO9CvqeBULYYgZjuVKuhvN+9BLFt8BF6tVSkL9WBY2Zmt5hI48RRJfulfm7MB0wBU9wigjVrwh&#10;vM+NN71dHQLSnrYROe2JHKhG7aV9Du8kivvP/5R1ec3L3wAAAP//AwBQSwMEFAAGAAgAAAAhAJD5&#10;6zTZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyqqhUZpOaBKnIaRt&#10;XLhlidcWGqdq3K379xgucLFlvafn75WrKXTqhENqIxm4n2WgkFz0LdUG3vcvd0tQiS1520VCAxdM&#10;sKqur0pb+HimLZ52XCsJoVRYAw1zX2idXIPBplnskUQ7xiFYlnOotR/sWcJDp+dZ9qCDbUk+NLbH&#10;dYPuazcGA4stv45vtM8/pvnlc9OvXX7cOGNub6bnJ1CME/+Z4Qdf0KESpkMcySfVGZAi/DtFWyyl&#10;xUH2Yw66KvV/9uobAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfTiazwoCAAAVBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAkPnrNNkAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABkBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="2AF405C4" w14:textId="6E8DF01D" w:rsidR="00E81630" w:rsidRPr="00E81630" w:rsidRDefault="00E81630" w:rsidP="00E81630">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00E81630">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t>Public</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5BA485B4" w14:textId="77777777" w:rsidR="00377FF6" w:rsidRDefault="00377FF6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0684C563" w14:textId="77777777" w:rsidR="00377FF6" w:rsidRDefault="00377FF6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D824A96" w14:textId="77777777" w:rsidR="00F9508B" w:rsidRDefault="0039530A" w:rsidP="0039530A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1BCA1A05" wp14:editId="3354FF38">
           <wp:extent cx="1343223" cy="189273"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:docPr id="5" name="Picture 5" descr="cid:image002.png@01D38AEC.7F80D1A0"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="cid:image002.png@01D38AEC.7F80D1A0"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -3558,51 +3711,51 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2410575" cy="339673"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13B95CA7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55C26E00"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4143,51 +4296,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="922765616">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="329404470">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="121923566">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="264582395">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1489589960">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="7F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4204,227 +4357,233 @@
     <w:rsid w:val="00085333"/>
     <w:rsid w:val="00087C48"/>
     <w:rsid w:val="000C0676"/>
     <w:rsid w:val="000C3395"/>
     <w:rsid w:val="000D01BE"/>
     <w:rsid w:val="000E2704"/>
     <w:rsid w:val="0011649E"/>
     <w:rsid w:val="00136A0E"/>
     <w:rsid w:val="00137F7F"/>
     <w:rsid w:val="001570E1"/>
     <w:rsid w:val="0016303A"/>
     <w:rsid w:val="00190F40"/>
     <w:rsid w:val="001D2340"/>
     <w:rsid w:val="001F3945"/>
     <w:rsid w:val="001F5F0B"/>
     <w:rsid w:val="001F7A95"/>
     <w:rsid w:val="00240AF1"/>
     <w:rsid w:val="0024648C"/>
     <w:rsid w:val="00256F3A"/>
     <w:rsid w:val="002602F0"/>
     <w:rsid w:val="00276F50"/>
     <w:rsid w:val="00284FE2"/>
     <w:rsid w:val="002C0936"/>
     <w:rsid w:val="0031343F"/>
     <w:rsid w:val="00314E14"/>
+    <w:rsid w:val="00315090"/>
     <w:rsid w:val="00321157"/>
     <w:rsid w:val="003261B7"/>
     <w:rsid w:val="00326F1B"/>
     <w:rsid w:val="003677CA"/>
     <w:rsid w:val="00373627"/>
     <w:rsid w:val="00377FF6"/>
     <w:rsid w:val="00384215"/>
     <w:rsid w:val="003900B6"/>
     <w:rsid w:val="0039530A"/>
     <w:rsid w:val="003A673E"/>
     <w:rsid w:val="003C4E60"/>
     <w:rsid w:val="003C6B94"/>
     <w:rsid w:val="003F5E05"/>
     <w:rsid w:val="00400969"/>
     <w:rsid w:val="004035E6"/>
     <w:rsid w:val="00415F5F"/>
     <w:rsid w:val="0042038C"/>
     <w:rsid w:val="00444982"/>
     <w:rsid w:val="00446BC0"/>
     <w:rsid w:val="00450828"/>
     <w:rsid w:val="00456774"/>
     <w:rsid w:val="00461DCB"/>
     <w:rsid w:val="00491A66"/>
     <w:rsid w:val="004B66C1"/>
     <w:rsid w:val="004D64E0"/>
+    <w:rsid w:val="004F11A3"/>
     <w:rsid w:val="005314CE"/>
     <w:rsid w:val="00532E88"/>
     <w:rsid w:val="005360D4"/>
     <w:rsid w:val="0054754E"/>
     <w:rsid w:val="0056338C"/>
     <w:rsid w:val="00574303"/>
     <w:rsid w:val="0059075E"/>
     <w:rsid w:val="005950C7"/>
     <w:rsid w:val="005D4280"/>
     <w:rsid w:val="005F422F"/>
     <w:rsid w:val="00616028"/>
     <w:rsid w:val="006638AD"/>
     <w:rsid w:val="00671993"/>
     <w:rsid w:val="00682713"/>
     <w:rsid w:val="006B1EFF"/>
     <w:rsid w:val="00705675"/>
     <w:rsid w:val="00712CF8"/>
     <w:rsid w:val="00722DE8"/>
     <w:rsid w:val="007324BD"/>
     <w:rsid w:val="00733AC6"/>
     <w:rsid w:val="007344B3"/>
     <w:rsid w:val="007352E9"/>
     <w:rsid w:val="00741202"/>
     <w:rsid w:val="007516BD"/>
     <w:rsid w:val="007543A4"/>
     <w:rsid w:val="007633CD"/>
     <w:rsid w:val="00770EEA"/>
+    <w:rsid w:val="007721F1"/>
     <w:rsid w:val="007B51FB"/>
     <w:rsid w:val="007D3546"/>
     <w:rsid w:val="007E0869"/>
     <w:rsid w:val="007E3D81"/>
     <w:rsid w:val="00850FE1"/>
     <w:rsid w:val="008658E6"/>
     <w:rsid w:val="008823DB"/>
     <w:rsid w:val="00884CA6"/>
     <w:rsid w:val="00887861"/>
     <w:rsid w:val="008938B0"/>
     <w:rsid w:val="00900794"/>
     <w:rsid w:val="00932377"/>
     <w:rsid w:val="00932D09"/>
     <w:rsid w:val="009379AE"/>
     <w:rsid w:val="00951216"/>
     <w:rsid w:val="0095344A"/>
     <w:rsid w:val="009622B2"/>
     <w:rsid w:val="009C7D71"/>
     <w:rsid w:val="009D605D"/>
     <w:rsid w:val="009F58BB"/>
     <w:rsid w:val="00A41E64"/>
     <w:rsid w:val="00A420DF"/>
     <w:rsid w:val="00A4373B"/>
     <w:rsid w:val="00A83D5E"/>
     <w:rsid w:val="00AD1BE2"/>
     <w:rsid w:val="00AE1F72"/>
     <w:rsid w:val="00B04903"/>
     <w:rsid w:val="00B12708"/>
     <w:rsid w:val="00B20066"/>
     <w:rsid w:val="00B41C69"/>
     <w:rsid w:val="00B8753D"/>
     <w:rsid w:val="00B918BA"/>
     <w:rsid w:val="00B96D9F"/>
     <w:rsid w:val="00BB32D8"/>
     <w:rsid w:val="00BC0F25"/>
     <w:rsid w:val="00BD7B43"/>
     <w:rsid w:val="00BE09D6"/>
     <w:rsid w:val="00BE1B0C"/>
     <w:rsid w:val="00BF6223"/>
     <w:rsid w:val="00C10FF1"/>
     <w:rsid w:val="00C30E55"/>
+    <w:rsid w:val="00C31E3B"/>
     <w:rsid w:val="00C43625"/>
     <w:rsid w:val="00C5090B"/>
     <w:rsid w:val="00C60A88"/>
     <w:rsid w:val="00C63324"/>
     <w:rsid w:val="00C81188"/>
     <w:rsid w:val="00C817E5"/>
     <w:rsid w:val="00C92FF3"/>
     <w:rsid w:val="00CA4830"/>
     <w:rsid w:val="00CB5E53"/>
     <w:rsid w:val="00CC5332"/>
     <w:rsid w:val="00CC6A22"/>
     <w:rsid w:val="00CC7CB7"/>
     <w:rsid w:val="00D02133"/>
     <w:rsid w:val="00D1343A"/>
     <w:rsid w:val="00D21FCD"/>
     <w:rsid w:val="00D34CBE"/>
     <w:rsid w:val="00D461ED"/>
     <w:rsid w:val="00D53D61"/>
     <w:rsid w:val="00D57DAD"/>
     <w:rsid w:val="00D66A94"/>
     <w:rsid w:val="00D70959"/>
     <w:rsid w:val="00D83AAF"/>
     <w:rsid w:val="00DA5F94"/>
     <w:rsid w:val="00DA782A"/>
     <w:rsid w:val="00DC5791"/>
     <w:rsid w:val="00DC6437"/>
+    <w:rsid w:val="00DD1608"/>
     <w:rsid w:val="00DD2A14"/>
     <w:rsid w:val="00DF1BA0"/>
     <w:rsid w:val="00E33A75"/>
     <w:rsid w:val="00E33DC8"/>
     <w:rsid w:val="00E56309"/>
     <w:rsid w:val="00E630EB"/>
     <w:rsid w:val="00E75AE6"/>
     <w:rsid w:val="00E80215"/>
+    <w:rsid w:val="00E81630"/>
     <w:rsid w:val="00E91BF3"/>
     <w:rsid w:val="00EA353A"/>
     <w:rsid w:val="00EB18CE"/>
     <w:rsid w:val="00EB52A5"/>
     <w:rsid w:val="00EC0BC5"/>
     <w:rsid w:val="00EC655E"/>
     <w:rsid w:val="00EE33CA"/>
     <w:rsid w:val="00EF46C7"/>
     <w:rsid w:val="00F04B9B"/>
     <w:rsid w:val="00F0626A"/>
     <w:rsid w:val="00F149CC"/>
     <w:rsid w:val="00F242E0"/>
     <w:rsid w:val="00F42E41"/>
     <w:rsid w:val="00F46364"/>
     <w:rsid w:val="00F74AAD"/>
     <w:rsid w:val="00F9508B"/>
     <w:rsid w:val="00FB4676"/>
     <w:rsid w:val="00FB7C11"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="65E511EE"/>
   <w15:docId w15:val="{A4AF6B34-80FB-4FC0-A46C-DCEB6DF87F2C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4817,51 +4976,50 @@
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00400969"/>
     <w:pPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:caps/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Italics">
     <w:name w:val="Italics"/>
@@ -5018,57 +5176,57 @@
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00D83AAF"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.charteredbanker.com/routes-to-chartered-banker/membership/membership-grade-page.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@charteredbanker.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.charteredbanker.com/the-institute/privacy-policy.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.charteredbanker.com/the-institute/corporate-governance.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.charteredbanker.com/the-institute/terms-and-conditions.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.charteredbanker.com/routes-to-chartered-banker/membership/membership-grade-page.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@charteredbanker.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.charteredbanker.com/the-institute/privacy-policy.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.charteredbanker.com/the-institute/corporate-governance.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.charteredbanker.com/the-institute/terms-and-conditions.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image002.png@01D38AEC.7F80D1A0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\craig\AppData\Roaming\Microsoft\Templates\Membership%20application%20form.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -5286,77 +5444,110 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>AssetEditForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E133FFAA-C3C8-4337-A182-5E397BA2E1E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Membership application form</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>997</Words>
-  <Characters>5684</Characters>
+  <Words>898</Words>
+  <Characters>5778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>206</Lines>
+  <Paragraphs>105</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Membership application form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6668</CharactersWithSpaces>
+  <CharactersWithSpaces>6571</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Membership application form</dc:title>
   <dc:creator>craig</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC010186281033</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>6269faeb,44168fe1,66629d74</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,12,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_2b4d5683-363d-4d41-bb9c-08ef28f1e7da_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_2b4d5683-363d-4d41-bb9c-08ef28f1e7da_SetDate">
+    <vt:lpwstr>2025-10-27T16:02:17Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_2b4d5683-363d-4d41-bb9c-08ef28f1e7da_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_2b4d5683-363d-4d41-bb9c-08ef28f1e7da_Name">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_2b4d5683-363d-4d41-bb9c-08ef28f1e7da_SiteId">
+    <vt:lpwstr>3d1ae114-573e-4108-b998-1a76650fe062</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_2b4d5683-363d-4d41-bb9c-08ef28f1e7da_ActionId">
+    <vt:lpwstr>081ec79b-c6ed-47dd-ae45-5fbafdac37e3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_2b4d5683-363d-4d41-bb9c-08ef28f1e7da_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_2b4d5683-363d-4d41-bb9c-08ef28f1e7da_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>